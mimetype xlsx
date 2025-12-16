--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58dae99712c54ad1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f45f8580fac443b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcf2ca466f234870"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e9d0d7c16f64752"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04e20be9d65d4aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcf2ca466f234870" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0efa6d123ab47a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e9d0d7c16f64752" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Div stark,intakte Story D Akt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>994,696</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>828,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>