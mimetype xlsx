--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f45f8580fac443b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58f0cc0a42e243a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e9d0d7c16f64752"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R112ad8b1001c4659"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0efa6d123ab47a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e9d0d7c16f64752" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43dca4878ef645e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R112ad8b1001c4659" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Div stark,intakte Story D Akt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>828,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>830,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>814,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>820,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>971,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>974,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>951,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>973,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>973,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>970,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>970,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>976,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>974,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>