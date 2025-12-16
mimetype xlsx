--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R526870ae3f9840c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R238e306f51d14035" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cf1d2e72a6547e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R244847fb55354ed9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7e5a8ea27f7450a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cf1d2e72a6547e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc69808875d324fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R244847fb55354ed9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfrist-Investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HKV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,136</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>131,549</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>