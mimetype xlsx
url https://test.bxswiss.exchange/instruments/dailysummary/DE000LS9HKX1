--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raefceed5d6694705" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5006b35beb74308" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R567aa718487b445b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5df3e74e54e443f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4389463beae04e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R567aa718487b445b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76247c366df94f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5df3e74e54e443f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MichaelInvest HealthCare Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HKX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>152,573</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>