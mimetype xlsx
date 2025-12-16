--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98d30a0adec24028" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8af9afef6f824ccd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dfe67d6a24f43c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9df70b13e942bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f7eb483ce0044d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dfe67d6a24f43c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a6f26c961848d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9df70b13e942bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>182,835</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>