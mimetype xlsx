--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8af9afef6f824ccd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refab2792dce84d25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9df70b13e942bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc7d5e52c336417c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a6f26c961848d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9df70b13e942bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aa0f9dcf4be4ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc7d5e52c336417c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>189,896</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>189,838</x:t>
-[...166 lines deleted...]
-          <x:t>190,311</x:t>
+          <x:t>190,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>