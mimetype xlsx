--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc324d26625de4a72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14e2ad235bc54c22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8807fe8bc3040db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d6c9b8587e3424d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6492f15b39c43c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8807fe8bc3040db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ebfeff362304068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d6c9b8587e3424d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Straub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>470,489</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>