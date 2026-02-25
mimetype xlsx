--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14e2ad235bc54c22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68b3ef7d960455b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d6c9b8587e3424d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb371c7fc1c54153"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ebfeff362304068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d6c9b8587e3424d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a8d3587012e4c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb371c7fc1c54153" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Straub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>486,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>476,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>480,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>