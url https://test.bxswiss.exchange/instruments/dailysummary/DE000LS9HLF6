--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9a1be3a8e484650" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fa747a162cc4437" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3e16fdf1f604003"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47d43e34100242e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R799e26ffb5d2480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3e16fdf1f604003" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R564f99d2bcdb4668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47d43e34100242e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Food001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,591</x:t>
-[...156 lines deleted...]
-          <x:t>88,534</x:t>
+          <x:t>88,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,365</x:t>
-[...210 lines deleted...]
-          <x:t>88,453</x:t>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,424</x:t>
-[...53 lines deleted...]
-          <x:t>88,549</x:t>
+          <x:t>88,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>