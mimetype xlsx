--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc68f8ae24eb4fe8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc6e3090f2d845a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a91920653254629"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ef1aba1d5084106"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81963b0d929847ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a91920653254629" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb18be7c857c44e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ef1aba1d5084106" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Pharma &amp; Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>76,779</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>