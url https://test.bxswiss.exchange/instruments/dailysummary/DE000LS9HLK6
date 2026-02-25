--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc6e3090f2d845a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827207a066c94e5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ef1aba1d5084106"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4c88701ce4c43a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb18be7c857c44e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ef1aba1d5084106" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea661e2e06804dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4c88701ce4c43a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Pharma &amp; Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...539 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,941</x:t>
-[...36 lines deleted...]
-          <x:t>85,491</x:t>
+          <x:t>86,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>