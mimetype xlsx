--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad2ab55f4b364c53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c137dfcb49d490b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca4b19e28c384e92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f7b67ded6f9428a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96dc43379b324e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca4b19e28c384e92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0210dd0c4a244b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f7b67ded6f9428a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brand-Value-Effect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>212,500</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>