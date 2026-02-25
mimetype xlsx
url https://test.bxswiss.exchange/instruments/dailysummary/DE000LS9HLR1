--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c137dfcb49d490b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc209a4c402d74fc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f7b67ded6f9428a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d3a8a53808a451d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0210dd0c4a244b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f7b67ded6f9428a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcec9cd7b76e342b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d3a8a53808a451d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brand-Value-Effect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>