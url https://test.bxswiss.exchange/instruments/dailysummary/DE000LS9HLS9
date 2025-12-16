--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9e844f7484747ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17541697ff474ae0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eacf9c39c594f09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7af6d565bd24151"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fc91ae582e549dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eacf9c39c594f09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3684ab24e0284b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7af6d565bd24151" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IPOs - Vom Anfang an dabei</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>121,009</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>