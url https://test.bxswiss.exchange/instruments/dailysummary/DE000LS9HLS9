--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17541697ff474ae0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38c630e8494041eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7af6d565bd24151"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4306a6a853c4fa5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3684ab24e0284b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7af6d565bd24151" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree59d0813bb94256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4306a6a853c4fa5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IPOs - Vom Anfang an dabei</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,606</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>116,757</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>