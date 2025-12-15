--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d8a6f1dccd4775" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc181bad521c4716" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf674ee72fdc748b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35bc131684e14ddb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4eeffef34c44a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf674ee72fdc748b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79da6bab13d44699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35bc131684e14ddb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Aktien Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>115,732</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>