--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc181bad521c4716" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf9eaf9953414ed0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35bc131684e14ddb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6655dfc22d60485f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79da6bab13d44699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35bc131684e14ddb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R341364461f0f4b1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6655dfc22d60485f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Aktien Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>127,426</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>