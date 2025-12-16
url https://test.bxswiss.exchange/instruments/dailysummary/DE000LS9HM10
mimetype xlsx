--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2545d3678ab4e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3a6de600af14ad5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda01cf3c9bb146bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbac99648673346a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45aab8a15de34a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda01cf3c9bb146bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3cd7578110745fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbac99648673346a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QueNex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>391,662</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>