--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41fbb57d91ca4b39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re57cbf42bb84484c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48709f8391ee4096"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b73d69a0a6c4b63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d167f2597df45fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48709f8391ee4096" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9acaa52a15f44e35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b73d69a0a6c4b63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT, Software und eHealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>168,614</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>