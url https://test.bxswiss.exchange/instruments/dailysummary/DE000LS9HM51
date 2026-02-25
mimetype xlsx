--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re57cbf42bb84484c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4688ed75e7ca4e8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b73d69a0a6c4b63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbf0bd93bc4246dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9acaa52a15f44e35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b73d69a0a6c4b63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra466cce08a764ee3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbf0bd93bc4246dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT, Software und eHealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>159,056</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,806</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...199 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>