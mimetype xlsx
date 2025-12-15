--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71c6ffe69c414e02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra70829dcdaaf4f45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62656fa0907546f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf41d2ed6f67d4a62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4bc8cc4809d4446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62656fa0907546f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56026d6c6b1248e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf41d2ed6f67d4a62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Emerging&amp;Expanding Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>342,289</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>