--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1af0b2c48764441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11a70df936e347b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23ba06622c0a4479"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17f3a863fd254fd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffc7135b06ef4879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23ba06622c0a4479" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6baadf222119466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17f3a863fd254fd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schäppchenjäger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>152,281</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>152,037</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>