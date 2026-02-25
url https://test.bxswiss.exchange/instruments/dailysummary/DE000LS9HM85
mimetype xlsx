--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11a70df936e347b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b055837cb294bfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17f3a863fd254fd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e603607dabf4558"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6baadf222119466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17f3a863fd254fd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd918da05d3344742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e603607dabf4558" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schäppchenjäger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>152,048</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,757</x:t>
-[...146 lines deleted...]
-          <x:t>152,552</x:t>
+          <x:t>151,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,321</x:t>
-[...112 lines deleted...]
-          <x:t>152,801</x:t>
+          <x:t>152,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>