--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8097b7929754491f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ee5587df81d4a1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf40d4a60411c4095"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1fd928fa4ca4448"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5475461d7e854792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf40d4a60411c4095" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9738c3fc83148f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1fd928fa4ca4448" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Leaders Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HMY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>151,770</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>