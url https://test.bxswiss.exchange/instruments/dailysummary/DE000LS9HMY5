--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ee5587df81d4a1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40fb03ee8dca434d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1fd928fa4ca4448"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ef5736085c74c04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9738c3fc83148f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1fd928fa4ca4448" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0857f7822e540a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ef5736085c74c04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Leaders Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HMY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>