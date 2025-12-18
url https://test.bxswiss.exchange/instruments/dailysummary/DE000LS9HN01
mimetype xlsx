--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb9fccf357ba4ed0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51e36484c14a4703" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red88b9ba62a248e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5c4374471a84269"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5270bb8c073c48da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red88b9ba62a248e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R671552fa8ecd446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5c4374471a84269" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Werte Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HN01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>57,645</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,916</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>58,206</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>