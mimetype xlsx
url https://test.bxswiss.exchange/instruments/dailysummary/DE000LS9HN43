--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb220f46a2a64f02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4a24af0b0ab45c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra86fc659d6d54807"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9696d312aba42db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe6475491522464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra86fc659d6d54807" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09e64246ca5041b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9696d312aba42db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RatioInvest Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HN43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>292,337</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>