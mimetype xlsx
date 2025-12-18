--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66c399508c5420c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabfeb28a13a04562" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R599ba42b27aa4a21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe6f7d6e6edd455e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a98bf963bfa48bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R599ba42b27aa4a21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88537d77f154ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe6f7d6e6edd455e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unsere'Babys'MitZukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>87,204</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,010</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>86,886</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,978</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>87,231</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>