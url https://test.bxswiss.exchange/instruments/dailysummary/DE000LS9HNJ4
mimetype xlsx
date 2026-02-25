--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabfeb28a13a04562" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R151dd8bfe61b4871" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe6f7d6e6edd455e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd51679b661884ebc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88537d77f154ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe6f7d6e6edd455e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb6372eb0f5746cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd51679b661884ebc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unsere'Babys'MitZukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>86,588</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,447</x:t>
-[...151 lines deleted...]
-          <x:t>86,847</x:t>
+          <x:t>86,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,633</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>86,844</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>