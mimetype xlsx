--- v0 (2025-10-04)
+++ v1 (2025-12-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231f0c9041d54855" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a8d42c218c84bad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R052ec18ebaea4dc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd66ca7152f142b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd51943d52884a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R052ec18ebaea4dc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R619cd74fa582423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd66ca7152f142b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HP25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>449,204</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>