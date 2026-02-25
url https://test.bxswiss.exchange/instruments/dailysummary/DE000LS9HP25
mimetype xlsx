--- v1 (2025-12-13)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a8d42c218c84bad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R076c7dc9b71b456f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd66ca7152f142b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c91a6ad74794e85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R619cd74fa582423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd66ca7152f142b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c390fc0a92247fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c91a6ad74794e85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HP25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>418,204</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>