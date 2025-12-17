--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e2522afd5b74f42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbe3e087349e4530" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf724ae0d4d7747e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8daa918a08a4708"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ffa75dffb324fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf724ae0d4d7747e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b7277b6107c49e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8daa918a08a4708" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PushUp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HP33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>168,803</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>