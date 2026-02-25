--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbe3e087349e4530" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a878c053c0a4df1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8daa918a08a4708"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refa31798a03b4e1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b7277b6107c49e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8daa918a08a4708" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5bdc3ac7f3d4c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refa31798a03b4e1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PushUp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HP33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>153,940</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,915</x:t>
-[...490 lines deleted...]
-          <x:t>156,080</x:t>
+          <x:t>155,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>