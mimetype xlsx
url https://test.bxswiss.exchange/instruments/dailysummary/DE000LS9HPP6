--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ce6c1ef477c4694" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2831ccd810cf44ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eb27f44ac0b4ade"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb824b06fea79431c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb31488fa6b9493a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eb27f44ac0b4ade" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e0ff00fe3e9488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb824b06fea79431c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Basket Deutsches Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>134,761</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>