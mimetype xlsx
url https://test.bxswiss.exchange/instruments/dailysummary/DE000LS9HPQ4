--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd64044cfdce41b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5ebe0750c314082" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd03333e8bf474386"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc56fbf8b54f540a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98ec2dd9a4fe42fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd03333e8bf474386" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaebaade40fa4ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc56fbf8b54f540a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>internationale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>136,577</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>