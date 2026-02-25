--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5ebe0750c314082" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R494cba484dbd4a30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc56fbf8b54f540a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a5ce6389c964acb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaebaade40fa4ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc56fbf8b54f540a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eef71b749874561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a5ce6389c964acb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>internationale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>138,788</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>