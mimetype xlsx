--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc311c9e00d344b3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65da933aba1d4acc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39080bd7b3ee44be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R897c206451084f07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc508908ed8cf4162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39080bd7b3ee44be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fec25a005dc40fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R897c206451084f07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erstklassige Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>153,176</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,617</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>151,844</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>