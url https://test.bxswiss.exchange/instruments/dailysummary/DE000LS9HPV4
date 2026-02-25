--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65da933aba1d4acc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a774ee1a734f6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R897c206451084f07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b51ed4d5b434bc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fec25a005dc40fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R897c206451084f07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f8e27346add4184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b51ed4d5b434bc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erstklassige Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,307</x:t>
-[...279 lines deleted...]
-          <x:t>153,662</x:t>
+          <x:t>155,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>