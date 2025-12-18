--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43bebf62f78246a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31ce13b72f204080" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re64353940d744102"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fba4afa079b451d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5c5cace4efe4379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re64353940d744102" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99a0027c31d144b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fba4afa079b451d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KGV und Chancen Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>126,326</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>126,182</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,388</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>125,618</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>