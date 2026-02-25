--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31ce13b72f204080" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae0f8cf8d9a84639" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fba4afa079b451d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32afc235ff504b92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99a0027c31d144b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fba4afa079b451d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R054a288294e04fa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32afc235ff504b92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KGV und Chancen Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>