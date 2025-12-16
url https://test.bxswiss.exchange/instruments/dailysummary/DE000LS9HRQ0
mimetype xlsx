--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d74b0a7e6024f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3964a9616e3243dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f5136e93e3a4c21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R961516d4ca2d4e57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb004a11c8e464017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f5136e93e3a4c21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1122bd9bcbb847b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R961516d4ca2d4e57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Fast Track</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>64,913</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>