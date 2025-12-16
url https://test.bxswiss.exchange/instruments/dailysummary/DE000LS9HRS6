--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R935178a0f7c04d56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R652d6584eca6470d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72570a59256742c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R158ecf9370ef4647"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac1d4e6783f2422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72570a59256742c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaa03307b8af43aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R158ecf9370ef4647" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knips Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>266,022</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>