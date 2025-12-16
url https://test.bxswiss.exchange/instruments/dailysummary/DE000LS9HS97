--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6853286a13524ad0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52165ce032ad484b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd963de4ac0c34e08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb4673a636d41f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a7fda9bd377447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd963de4ac0c34e08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf22031d864ed46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb4673a636d41f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround 0815 Stockpicking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>107,809</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>