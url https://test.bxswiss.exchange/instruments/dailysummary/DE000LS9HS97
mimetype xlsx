--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52165ce032ad484b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3be6333c71134255" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb4673a636d41f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ffadaedbe9f4f95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf22031d864ed46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb4673a636d41f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra895deadb24a4ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ffadaedbe9f4f95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround 0815 Stockpicking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>