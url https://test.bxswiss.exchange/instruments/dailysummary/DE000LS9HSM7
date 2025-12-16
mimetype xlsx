--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d30da75b5d2435e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf86b385b52b24fcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf47c42237b244c22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb23d1760ca614b67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad8c45b022bd4599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf47c42237b244c22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24bf905444894dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb23d1760ca614b67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>optimum German value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>95,786</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>