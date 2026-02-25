--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf86b385b52b24fcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02f734b55c514776" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb23d1760ca614b67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc700f226fd1c4cce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24bf905444894dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb23d1760ca614b67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R812637994d6d4236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc700f226fd1c4cce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>optimum German value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>98,390</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,163</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>98,110</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,110</x:t>
-[...85 lines deleted...]
-          <x:t>98,756</x:t>
+          <x:t>97,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>