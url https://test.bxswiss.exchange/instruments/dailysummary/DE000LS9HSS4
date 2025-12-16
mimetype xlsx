--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44b6c7d7d96744fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ac9c3668c214c35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea6d1a9609574cce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R818731d80cba47f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49c040d5550d4b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea6d1a9609574cce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79717cf2100142ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R818731d80cba47f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MehrWert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>109,898</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,654</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>109,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>