--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ac9c3668c214c35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9352aa3baff94120" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R818731d80cba47f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76a3ae02171041ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79717cf2100142ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R818731d80cba47f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3854208079cb4118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76a3ae02171041ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MehrWert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>109,123</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,945</x:t>
-[...178 lines deleted...]
-          <x:t>109,558</x:t>
+          <x:t>109,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,403</x:t>
-[...269 lines deleted...]
-          <x:t>109,654</x:t>
+          <x:t>108,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>