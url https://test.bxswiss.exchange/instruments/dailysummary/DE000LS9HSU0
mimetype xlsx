--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22c250454a2149a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03db60af328948a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f7558030e2d4b1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80a747ceb37641ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a9f02b7b8f4472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f7558030e2d4b1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1674c226f274ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80a747ceb37641ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Weltweit Bexx2015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,937</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>10.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,314</x:t>
-[...26 lines deleted...]
-          <x:t>96,329</x:t>
+          <x:t>95,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,114</x:t>
-        </x:is>
-[...354 lines deleted...]
-          <x:t>96,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>