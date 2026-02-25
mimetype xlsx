--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03db60af328948a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R385322d373084942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80a747ceb37641ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebfdefb5c1b34519"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1674c226f274ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80a747ceb37641ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ba66fe3cc614ca5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebfdefb5c1b34519" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Weltweit Bexx2015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>95,648</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,493</x:t>
-[...458 lines deleted...]
-          <x:t>96,114</x:t>
+          <x:t>95,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>