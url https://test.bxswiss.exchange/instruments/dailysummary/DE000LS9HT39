--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c242456be964a9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R334a1bbed8164177" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e04587ba9b4a7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61a40509c4c8448b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd773603d4a074f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e04587ba9b4a7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe30a0250e8e4555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61a40509c4c8448b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Handel von Aktienwerten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HT39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>513,034</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>