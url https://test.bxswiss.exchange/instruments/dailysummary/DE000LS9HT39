--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R334a1bbed8164177" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe1d8a004d3e440c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61a40509c4c8448b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce6b13565fdc4c97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe30a0250e8e4555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61a40509c4c8448b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R304d7dfc4ce24553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce6b13565fdc4c97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Handel von Aktienwerten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HT39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>495,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>498,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>486,509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>483,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>475,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>477,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>