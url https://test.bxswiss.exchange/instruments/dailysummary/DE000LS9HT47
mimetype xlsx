--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5321d9f74674ab3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfb3eaec70ef426b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4432f5fd7cf43b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06a54cecb9b5465c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab1e6a0408e041f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4432f5fd7cf43b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60ec0a7909624936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06a54cecb9b5465c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Value &amp; Growth Effekte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HT47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>227,343</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>