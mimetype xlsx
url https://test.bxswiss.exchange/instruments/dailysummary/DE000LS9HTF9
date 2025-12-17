--- v0 (2025-10-04)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R931ea7d0e2e04981" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0448a8dc4e9438b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06aa61d6285b49fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ba1371ec7a649c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc16cbe73f284164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06aa61d6285b49fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5907945bef7e4d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ba1371ec7a649c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TEPSURKAEV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>166,316</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>