--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0448a8dc4e9438b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd86f5016b3b24410" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ba1371ec7a649c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad85224cd7b04e2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5907945bef7e4d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ba1371ec7a649c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3148b1009b194fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad85224cd7b04e2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TEPSURKAEV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>171,413</x:t>
-[...225 lines deleted...]
-          <x:t>172,899</x:t>
+          <x:t>173,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>