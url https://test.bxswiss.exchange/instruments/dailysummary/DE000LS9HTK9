--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re49575d776824ea3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd386484e75dd4faf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3ee45c4ff754ec7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca20dbb3146247e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd94292ecc3544dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3ee45c4ff754ec7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffc5882a973c4199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca20dbb3146247e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nur Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>42,694</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>