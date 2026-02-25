--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd386484e75dd4faf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde36512e34544b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca20dbb3146247e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83c1f277dad74035"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffc5882a973c4199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca20dbb3146247e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7c58014fe2c4dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83c1f277dad74035" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nur Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>38,511</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,033</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>38,419</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>