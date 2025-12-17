--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250229af7a52428a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36880e18d18b4d98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dbba6b04e404691"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55836deb909e4bda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f12c57f79744da2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dbba6b04e404691" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca99b33612874cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55836deb909e4bda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mini Drawdown</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,988</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>99,980</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,536</x:t>
-[...188 lines deleted...]
-          <x:t>98,583</x:t>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>