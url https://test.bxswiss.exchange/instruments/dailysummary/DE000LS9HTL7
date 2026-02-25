--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36880e18d18b4d98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2f30224350b4103" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55836deb909e4bda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8250f93dfc44806"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca99b33612874cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55836deb909e4bda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd84bdad730504b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8250f93dfc44806" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mini Drawdown</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>