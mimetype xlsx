--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R578fe69cee364924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b98291415041e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb90af37d46a435c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ee45bfe7b264f26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83a1a1b262f34291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb90af37d46a435c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf14171fdde9c496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ee45bfe7b264f26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investainment Global Pick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>174,036</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>