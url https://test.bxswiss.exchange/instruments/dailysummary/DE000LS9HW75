--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0902f1026f54f3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5917240228264076" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca19055721dd4572"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R141474e406d3438e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eebaf84bc5b44e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca19055721dd4572" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd24710c87acc40d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R141474e406d3438e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top10DividendeEuropa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HW75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>210,304</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>