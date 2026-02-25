--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5917240228264076" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d6b16a043641e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R141474e406d3438e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd36e2d4ae9304e90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd24710c87acc40d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R141474e406d3438e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4b4131fb0f949d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd36e2d4ae9304e90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top10DividendeEuropa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HW75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>