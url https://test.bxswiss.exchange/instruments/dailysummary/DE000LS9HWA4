--- v0 (2025-10-03)
+++ v1 (2025-12-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82eedf6d3cc34717" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R864b517396604d37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bda8b3325fd4d97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88d4251dc512419b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bc1a649e131459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bda8b3325fd4d97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c25c63518d9405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88d4251dc512419b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende weltweit 50 Titel+X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>151,847</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>