--- v1 (2025-12-13)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R864b517396604d37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6ae28ffa1d24fcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88d4251dc512419b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98208d4bbd62455b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c25c63518d9405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88d4251dc512419b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a4d8572a8504a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98208d4bbd62455b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende weltweit 50 Titel+X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,539</x:t>
-[...387 lines deleted...]
-          <x:t>149,413</x:t>
+          <x:t>149,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>