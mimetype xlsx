--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a73ec106b34433b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ab7f60e8fe44ab8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8f5c3568ced4631"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re57c8cf491374f47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3357970ad50044e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8f5c3568ced4631" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R798c28a9a0284674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re57c8cf491374f47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Straight Outta Wall Street</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>139,268</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>