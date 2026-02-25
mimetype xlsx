--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ab7f60e8fe44ab8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R159c38321b1a4312" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re57c8cf491374f47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R686ef73488c64692"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R798c28a9a0284674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re57c8cf491374f47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92b14a8b1c444dc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R686ef73488c64692" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Straight Outta Wall Street</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>