--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raed15d38636a43e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raedc7c0ddb38491a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R034e7ce213b84112"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59eef2ced18b4446"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45f26221bebf4ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R034e7ce213b84112" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re238b806471e45e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59eef2ced18b4446" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1st BIOMEDICAL!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>194,100</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>