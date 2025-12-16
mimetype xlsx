--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a33a149eacf493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31538b83d2634b15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d00fc8f6d8a45e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda5fdf28d0924183"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95323682824b440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d00fc8f6d8a45e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13231e84630b4508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda5fdf28d0924183" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROI 4 TecDAX-Werte SELECT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>399,856</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>