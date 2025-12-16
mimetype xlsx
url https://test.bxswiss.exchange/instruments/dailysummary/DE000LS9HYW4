--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5958d17a80ef45a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb6903f3631941ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff9d5e88a66443e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8913ae343c234a9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e66377601bb42c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff9d5e88a66443e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R836e54fdf9124622" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8913ae343c234a9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST GREEN ENERGY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>182,042</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>