--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dbc402d14fc42b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebd321efaf064ad5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb64d295985e64b17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfcfc04e1a784e6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcae3f6ee12c84123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb64d295985e64b17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62cc3c9cf7524586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfcfc04e1a784e6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LISA A World Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>89,880</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,616</x:t>
-[...458 lines deleted...]
-          <x:t>90,317</x:t>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>