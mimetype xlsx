--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeedf770b5ac4063" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53cc63edd7e04b95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R980a2acc4480447f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c37383e56d5411a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R401f73e8741e4b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R980a2acc4480447f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59bb1c8f90144550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c37383e56d5411a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US_Valuehunter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>124,958</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>