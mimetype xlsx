--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R404547b0cef9434e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ec2b852e95e46a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R784051caabdf4dd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95dc44fc7cac49ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1b6858afb4147c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R784051caabdf4dd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe67f515b5564969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95dc44fc7cac49ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und mehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>175,190</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>