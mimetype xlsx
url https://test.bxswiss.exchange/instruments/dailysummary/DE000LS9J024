--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e72fa45d79c4dc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfefbcccab5e4b45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bf5c9a64974433c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9932b679737d4381"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R468b82fbdd474e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bf5c9a64974433c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a7072e0a24044e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9932b679737d4381" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Technologie Automobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1.484,029</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.447,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.531,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.543,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.544,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.488,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.532,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.575,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.528,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.513,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.506,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.516,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.516,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.515,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.532,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.553,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.540,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.540,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.541,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.551,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.519,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>