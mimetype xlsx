--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfefbcccab5e4b45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6242caddca9745c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9932b679737d4381"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e97754e3c2b491c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a7072e0a24044e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9932b679737d4381" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82395df06c194ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e97754e3c2b491c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Technologie Automobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.497,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.520,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.492,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.519,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.531,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.506,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.530,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.522,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.544,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.552,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.553,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.538,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.532,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.552,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.550,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.551,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.539,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.547,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.514,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.531,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.506,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.519,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.516,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.519,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.540,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.538,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.513,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>