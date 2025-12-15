--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8822a9a48756419f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd366ab745b4446" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5504a2748f2749db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3685b6bab3d4300"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe2ab4ecd3394ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5504a2748f2749db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8339afbfffc74433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3685b6bab3d4300" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J073</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>89,482</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,278</x:t>
-[...161 lines deleted...]
-          <x:t>89,323</x:t>
+          <x:t>89,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...262 lines deleted...]
-          <x:t>89,530</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>