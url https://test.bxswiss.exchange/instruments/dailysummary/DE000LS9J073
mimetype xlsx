--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd366ab745b4446" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra052f93a8c0d4738" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3685b6bab3d4300"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23200f08a63640d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8339afbfffc74433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3685b6bab3d4300" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R774e0bebfdb84d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23200f08a63640d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J073</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>88,980</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,835</x:t>
-[...431 lines deleted...]
-          <x:t>89,262</x:t>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>