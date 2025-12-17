--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3fca5e80d0a471c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42bcd9781ae544d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17a6da9de3464f4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra58ad165f38e439a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d7bf115584c41fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17a6da9de3464f4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re36e392189214259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra58ad165f38e439a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends in Europe and America</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0D9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>401,359</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>