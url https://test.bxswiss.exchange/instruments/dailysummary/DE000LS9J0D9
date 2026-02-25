--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42bcd9781ae544d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d8c5a4a620445fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra58ad165f38e439a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e5f5a4d15a34497"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re36e392189214259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra58ad165f38e439a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e359ab11134606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e5f5a4d15a34497" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends in Europe and America</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0D9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>