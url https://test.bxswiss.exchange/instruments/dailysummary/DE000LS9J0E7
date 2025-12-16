--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb45018d4d8144af2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73be14219f154253" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R452060d209614a45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8164d49004f14f3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9fc37b2ad93460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R452060d209614a45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bb72dc3078446f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8164d49004f14f3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nitty-Gritty E-Mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>567,543</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>