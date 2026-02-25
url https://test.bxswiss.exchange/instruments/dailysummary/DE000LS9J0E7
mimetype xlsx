--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73be14219f154253" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0a0c55622d6421d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8164d49004f14f3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref706d90045b4988"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bb72dc3078446f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8164d49004f14f3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b6ed38882c84131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref706d90045b4988" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nitty-Gritty E-Mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>553,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>554,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>552,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>553,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>