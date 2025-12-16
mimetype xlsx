--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcc002bed33b4dcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R768d217c47be453b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racf148dc473045ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdabf400223514c26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5eb276498604d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racf148dc473045ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1db92e022e124649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdabf400223514c26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Champions Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0R9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>149,854</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>