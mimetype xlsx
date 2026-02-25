--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R768d217c47be453b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51eabbaec49146ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdabf400223514c26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b01ead55b843fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1db92e022e124649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdabf400223514c26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac3286642f0549ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b01ead55b843fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Champions Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0R9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>